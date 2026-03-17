--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -2,55 +2,55 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\블루비뇨기과 비급여항목\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\2024년 블루비뇨기과 비급여양식\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12270"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="비급여" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="89">
   <si>
     <t>블루비뇨기과 비급여 고지 양식</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>중분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>소분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>항목</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -272,50 +272,54 @@
   <si>
     <t>트리믹스 펜</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>sm연고</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>드레싱비</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>아연정</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>발기부전 처방전</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>진료확인서</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
+    <t>CD복사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
     <t>초진기록지</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>진단서 발행</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>주사료</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>약품비</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>생식,임신및분만</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>약품비</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>기타</t>
@@ -369,54 +373,50 @@
     <t>주사종류에 따라 다름(a,ab타입)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수술범위에 따라 다름</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>PCR(전립선 항목)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D658604C</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D654309C</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D3710063</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D3420003</t>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...2 lines deleted...]
-    <t>USB 복사</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
@@ -1026,51 +1026,51 @@
       <c r="E6" s="3"/>
       <c r="F6" s="8">
         <v>390000</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="5"/>
       <c r="L6" s="3"/>
     </row>
     <row r="7" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8">
-        <v>340000</v>
+        <v>390000</v>
       </c>
       <c r="H7" s="8">
         <v>490000</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="3"/>
     </row>
     <row r="8" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8">
@@ -1291,552 +1291,552 @@
         <v>32</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="8">
         <v>30000</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="5"/>
       <c r="L17" s="3"/>
     </row>
     <row r="18" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="8">
         <v>30000</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="5"/>
       <c r="L18" s="3"/>
     </row>
     <row r="19" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="8">
         <v>100000</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="5"/>
       <c r="L19" s="3"/>
     </row>
     <row r="20" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="8">
         <v>20000</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="5"/>
       <c r="L20" s="3"/>
     </row>
     <row r="21" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="8">
         <v>120000</v>
       </c>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="5"/>
       <c r="L21" s="3"/>
     </row>
     <row r="22" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="8">
         <v>20000</v>
       </c>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="5"/>
       <c r="L22" s="3"/>
     </row>
     <row r="23" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="8">
         <v>20000</v>
       </c>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="5"/>
       <c r="L23" s="3"/>
     </row>
     <row r="24" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8">
         <v>20000</v>
       </c>
       <c r="H24" s="8">
         <v>500000</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L24" s="3"/>
     </row>
     <row r="25" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8">
         <v>20000</v>
       </c>
       <c r="H25" s="8">
         <v>45000</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="5" t="s">
         <v>42</v>
       </c>
       <c r="L25" s="3"/>
     </row>
     <row r="26" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="8">
         <v>30000</v>
       </c>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="5"/>
       <c r="L26" s="3"/>
     </row>
     <row r="27" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8">
         <v>15000</v>
       </c>
       <c r="H27" s="8">
         <v>100000</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="5" t="s">
         <v>46</v>
       </c>
       <c r="L27" s="3"/>
     </row>
     <row r="28" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" s="3">
         <v>655501931</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8">
         <v>250000</v>
       </c>
       <c r="H28" s="8">
         <v>650000</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L28" s="3"/>
     </row>
     <row r="29" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8">
         <v>60000</v>
       </c>
       <c r="H29" s="8">
         <v>90000</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L29" s="3"/>
     </row>
     <row r="30" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
         <v>690300381</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="8">
         <v>80000</v>
       </c>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="5"/>
       <c r="L30" s="3"/>
     </row>
     <row r="31" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>668900071</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="8">
         <v>120000</v>
       </c>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="5"/>
       <c r="L31" s="3"/>
     </row>
     <row r="32" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
         <v>641106001</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="8">
         <v>350000</v>
       </c>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="5"/>
       <c r="L32" s="3"/>
     </row>
     <row r="33" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C33" s="3">
         <v>659600291</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="8">
         <v>50000</v>
       </c>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="5"/>
       <c r="L33" s="3"/>
     </row>
     <row r="34" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="8">
         <v>15000</v>
       </c>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="5"/>
       <c r="L34" s="3"/>
     </row>
     <row r="35" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="3"/>
       <c r="F35" s="8">
         <v>45000</v>
       </c>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="5"/>
       <c r="L35" s="3"/>
     </row>
     <row r="36" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E36" s="3"/>
       <c r="F36" s="8">
         <v>30000</v>
       </c>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="5"/>
       <c r="L36" s="3"/>
     </row>
     <row r="37" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8">
         <v>100000</v>
       </c>
       <c r="H37" s="8">
         <v>150000</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L37" s="3"/>
     </row>
     <row r="38" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E38" s="3"/>
       <c r="F38" s="8">
         <v>30000</v>
       </c>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="5"/>
       <c r="L38" s="3"/>
     </row>
     <row r="39" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E39" s="3"/>
       <c r="F39" s="8">
         <v>5000</v>
       </c>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="5"/>
       <c r="L39" s="3"/>
     </row>
     <row r="40" spans="1:12" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>16</v>
@@ -1860,120 +1860,120 @@
       <c r="A41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E41" s="3"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8">
         <v>15000</v>
       </c>
       <c r="H41" s="8">
         <v>50000</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="5"/>
       <c r="L41" s="3"/>
     </row>
     <row r="42" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E42" s="3"/>
       <c r="F42" s="8">
         <v>20000</v>
       </c>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="5"/>
       <c r="L42" s="3"/>
     </row>
     <row r="43" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E43" s="3"/>
       <c r="F43" s="8">
         <v>1000</v>
       </c>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="5"/>
       <c r="L43" s="3"/>
     </row>
     <row r="44" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E44" s="3"/>
       <c r="F44" s="8">
         <v>3000</v>
       </c>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="5"/>
       <c r="L44" s="3"/>
     </row>
     <row r="45" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="5" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="E45" s="3"/>
       <c r="F45" s="8">
         <v>10000</v>
       </c>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="5"/>
       <c r="L45" s="3"/>
     </row>
     <row r="46" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="5"/>
       <c r="E46" s="3"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="5"/>
       <c r="L46" s="3"/>