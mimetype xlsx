--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -1,599 +1,674 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
-  <workbookPr defaultThemeVersion="153222"/>
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\블루비뇨기과 비급여항목\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\2024년 블루비뇨기과 비급여양식\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12270" tabRatio="500"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="비급여" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0" iterateDelta="1E-4"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="89">
   <si>
     <t>블루비뇨기과 비급여 고지 양식</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>중분류</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>소분류</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>항목</t>
-  </si>
-[...7 lines deleted...]
-    <t>최종변경일</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>코드</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>명칭</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>구분</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>비용</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>최저비용</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>최고비용</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>치료재료대
 포함여부</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>약제비
 포함여부</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>특이사항</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>최종변경일</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>진료비용 등(단위: 원)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>처치 및 수술료</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>기타</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>무도 정관수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>필러 음경확대술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>필러 귀두확대술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>조루수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>만곡증</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>대체진피 음경확대술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>실리콘보형물삽입술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>이물질제거수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기타보형물제거수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>길이연장술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>슬리브 포경수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수술연령에 따라다름</t>
-  </si>
-[...1 lines deleted...]
-    <t>필러 음경확대술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>필러종류및 주입량에 따라다름</t>
-  </si>
-[...4 lines deleted...]
-    <t>조루수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>시술방법(종류)에 따라다름</t>
-  </si>
-[...4 lines deleted...]
-    <t>대체진피 음경확대술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>이물질제거 범위에 따라다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>검사료</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>HPV geno</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>HSV IGM</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>남성호르몬검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>성장호르몬검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>콘딜로마레이저</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>KIT검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>진동각(민감도검사)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>음경발기검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>정액검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>검사항목및 종류에 따라다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>진피종류에 따라다름</t>
-  </si>
-[...1 lines deleted...]
-    <t>실리콘보형물삽입술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>링종류에 따라다름</t>
-  </si>
-[...10 lines deleted...]
-    <t>기타보형물제거수술</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>자기장치료</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>횟수에 따라다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>보형물제거 범위에 따라다름</t>
-  </si>
-[...4 lines deleted...]
-    <t>진동각(민감도검사)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>아이언맨 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>멀티블루 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>디클라제 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>네비도 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>예나스테론 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>가다실9가 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">글리지젤 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>EGF연고</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>음경발기 주사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>트리믹스 펜</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>sm연고</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드레싱비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>아연정</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>발기부전 처방전</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>진료확인서</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>CD복사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>초진기록지</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>진단서 발행</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>주사료</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>약품비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>생식,임신및분만</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>약품비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기타</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>자가 주입식</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>증명서 발급</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기타</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기타</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>피부재생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>수술 처치비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>검사비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>검사비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>가다실 횟수에 따라 다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>펜 종류에 따라 다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>발기유발검사</t>
-  </si>
-[...4 lines deleted...]
-    <t>검사비</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>주사종류에 따라 다름(a,ab타입)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>수술범위에 따라 다름</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>PCR(전립선 항목)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D658604C</t>
-  </si>
-[...1 lines deleted...]
-    <t>HPV geno</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D654309C</t>
-  </si>
-[...4 lines deleted...]
-    <t>PCR(전립선 항목)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D3710063</t>
-  </si>
-[...1 lines deleted...]
-    <t>남성호르몬검사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>D3420003</t>
-  </si>
-[...106 lines deleted...]
-    <t>CD복사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
-    <numFmt numFmtId="176" formatCode="_-* #,##0_-;\-* #,##0_-;_-* \-_-;_-@_-"/>
+    <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="맑은 고딕"/>
+      <family val="2"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0070C0"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="129"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6D9F1"/>
-        <bgColor rgb="FFC0C0C0"/>
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="0" borderId="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="41" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Excel Built-in Comma [0]" xfId="1"/>
+    <cellStyle name="쉼표 [0]" xfId="1" builtinId="6"/>
     <cellStyle name="표준" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -628,1322 +703,1333 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L45"/>
+  <dimension ref="A1:L46"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" customWidth="1"/>
-    <col min="4" max="4" width="18.28515625" style="4" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.28515625" style="7" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" customWidth="1"/>
-    <col min="6" max="6" width="10.85546875" style="5" customWidth="1"/>
-    <col min="7" max="8" width="10.7109375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="10.85546875" style="10" customWidth="1"/>
+    <col min="7" max="8" width="10.7109375" style="10" customWidth="1"/>
     <col min="9" max="9" width="6.85546875" customWidth="1"/>
     <col min="10" max="10" width="7.28515625" customWidth="1"/>
-    <col min="11" max="11" width="28.85546875" style="4" customWidth="1"/>
+    <col min="11" max="11" width="28.85546875" style="7" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" customWidth="1"/>
-    <col min="13" max="1025" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+      <c r="A1" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3"/>
-[...9 lines deleted...]
-      <c r="L1" s="3"/>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
     </row>
     <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="3"/>
-[...10 lines deleted...]
-      <c r="L2" s="3"/>
+      <c r="A2" s="13"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
     </row>
     <row r="3" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="3"/>
-[...10 lines deleted...]
-      <c r="L3" s="3"/>
+      <c r="A3" s="13"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
     </row>
     <row r="4" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="B4" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="2"/>
-      <c r="E4" s="2" t="s">
+      <c r="D4" s="14"/>
+      <c r="E4" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+      <c r="J4" s="14"/>
+      <c r="K4" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="L4" s="11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="54" x14ac:dyDescent="0.25">
+      <c r="A5" s="14"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="2"/>
-[...4 lines deleted...]
-      <c r="K4" s="2" t="s">
+      <c r="D5" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C5" s="6" t="s">
+      <c r="F5" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="G5" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="6" t="s">
+      <c r="H5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="I5" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G5" s="7" t="s">
+      <c r="J5" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="H5" s="7" t="s">
-[...12 lines deleted...]
-      <c r="A6" s="9" t="s">
+      <c r="K5" s="16"/>
+      <c r="L5" s="12"/>
+    </row>
+    <row r="6" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="9" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="10" t="s">
+      <c r="B6" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" s="9"/>
-      <c r="F6" s="11">
+      <c r="E6" s="4"/>
+      <c r="F6" s="9">
         <v>340000</v>
       </c>
-      <c r="G6" s="11"/>
-[...7 lines deleted...]
-      <c r="A7" s="9" t="s">
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="4"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="4"/>
+    </row>
+    <row r="7" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="9" t="s">
-[...3 lines deleted...]
-      <c r="D7" s="10" t="s">
+      <c r="B7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="4"/>
+      <c r="D7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="4"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9">
+        <v>390000</v>
+      </c>
+      <c r="H7" s="9">
+        <v>490000</v>
+      </c>
+      <c r="I7" s="4"/>
+      <c r="J7" s="4"/>
+      <c r="K7" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L7" s="4"/>
+    </row>
+    <row r="8" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="4"/>
+      <c r="D8" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="E7" s="9"/>
-[...9 lines deleted...]
-      <c r="K7" s="10" t="s">
+      <c r="E8" s="4"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9">
+        <v>1000000</v>
+      </c>
+      <c r="H8" s="9">
+        <v>2000000</v>
+      </c>
+      <c r="I8" s="4"/>
+      <c r="J8" s="4"/>
+      <c r="K8" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L8" s="4"/>
+    </row>
+    <row r="9" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="L7" s="9"/>
-[...2 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="E9" s="4"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="9">
+        <v>300000</v>
+      </c>
+      <c r="H9" s="9">
+        <v>500000</v>
+      </c>
+      <c r="I9" s="4"/>
+      <c r="J9" s="4"/>
+      <c r="K9" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L9" s="4"/>
+    </row>
+    <row r="10" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="9" t="s">
-[...3 lines deleted...]
-      <c r="D8" s="10" t="s">
+      <c r="B10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E8" s="9"/>
-[...4 lines deleted...]
-      <c r="H8" s="11">
+      <c r="E10" s="4"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="9">
+        <v>500000</v>
+      </c>
+      <c r="H10" s="9">
+        <v>600000</v>
+      </c>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" s="4"/>
+    </row>
+    <row r="11" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="4"/>
+      <c r="F11" s="9">
+        <v>1500000</v>
+      </c>
+      <c r="G11" s="9"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="6"/>
+      <c r="L11" s="4"/>
+    </row>
+    <row r="12" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="4"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="9">
         <v>2000000</v>
       </c>
-      <c r="I8" s="9"/>
-[...7 lines deleted...]
-      <c r="A9" s="9" t="s">
+      <c r="H12" s="9">
+        <v>2500000</v>
+      </c>
+      <c r="I12" s="4"/>
+      <c r="J12" s="4"/>
+      <c r="K12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L12" s="4"/>
+    </row>
+    <row r="13" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="11">
+      <c r="B13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="4"/>
+      <c r="D13" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="4"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9">
         <v>300000</v>
       </c>
-      <c r="H9" s="11">
-[...10 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="H13" s="9">
+        <v>800000</v>
+      </c>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L13" s="4"/>
+    </row>
+    <row r="14" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B10" s="9" t="s">
-[...11 lines deleted...]
-      <c r="H10" s="11">
+      <c r="B14" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="4"/>
+      <c r="F14" s="9">
+        <v>1500000</v>
+      </c>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="6"/>
+      <c r="L14" s="4"/>
+    </row>
+    <row r="15" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="4"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="9">
+        <v>800000</v>
+      </c>
+      <c r="H15" s="9">
+        <v>1500000</v>
+      </c>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="L15" s="4"/>
+    </row>
+    <row r="16" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="4"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9">
+        <v>100000</v>
+      </c>
+      <c r="H16" s="9">
+        <v>200000</v>
+      </c>
+      <c r="I16" s="4"/>
+      <c r="J16" s="4"/>
+      <c r="K16" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" s="4"/>
+    </row>
+    <row r="17" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="4"/>
+      <c r="D17" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="4"/>
+      <c r="F17" s="9">
+        <v>30000</v>
+      </c>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="6"/>
+      <c r="L17" s="4"/>
+    </row>
+    <row r="18" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="4"/>
+      <c r="F18" s="9">
+        <v>15000</v>
+      </c>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="6"/>
+      <c r="L18" s="4"/>
+    </row>
+    <row r="19" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" s="4"/>
+      <c r="F19" s="9">
+        <v>100000</v>
+      </c>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+      <c r="K19" s="6"/>
+      <c r="L19" s="4"/>
+    </row>
+    <row r="20" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E20" s="4"/>
+      <c r="F20" s="9">
+        <v>20000</v>
+      </c>
+      <c r="G20" s="9"/>
+      <c r="H20" s="9"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="4"/>
+    </row>
+    <row r="21" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="4"/>
+      <c r="D21" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" s="4"/>
+      <c r="F21" s="9">
+        <v>120000</v>
+      </c>
+      <c r="G21" s="9"/>
+      <c r="H21" s="9"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="6"/>
+      <c r="L21" s="4"/>
+    </row>
+    <row r="22" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E22" s="4"/>
+      <c r="F22" s="9">
+        <v>20000</v>
+      </c>
+      <c r="G22" s="9"/>
+      <c r="H22" s="9"/>
+      <c r="I22" s="4"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="4"/>
+    </row>
+    <row r="23" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" s="4"/>
+      <c r="F23" s="9">
+        <v>12000</v>
+      </c>
+      <c r="G23" s="9"/>
+      <c r="H23" s="9"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="4"/>
+    </row>
+    <row r="24" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C24" s="4"/>
+      <c r="D24" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" s="4"/>
+      <c r="F24" s="9"/>
+      <c r="G24" s="9">
+        <v>20000</v>
+      </c>
+      <c r="H24" s="9">
+        <v>200000</v>
+      </c>
+      <c r="I24" s="4"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="L24" s="4"/>
+    </row>
+    <row r="25" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C25" s="4"/>
+      <c r="D25" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E25" s="4"/>
+      <c r="F25" s="9"/>
+      <c r="G25" s="9">
+        <v>20000</v>
+      </c>
+      <c r="H25" s="9">
+        <v>45000</v>
+      </c>
+      <c r="I25" s="4"/>
+      <c r="J25" s="4"/>
+      <c r="K25" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L25" s="4"/>
+    </row>
+    <row r="26" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" s="4"/>
+      <c r="D26" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" s="4"/>
+      <c r="F26" s="9">
+        <v>30000</v>
+      </c>
+      <c r="G26" s="9"/>
+      <c r="H26" s="9"/>
+      <c r="I26" s="4"/>
+      <c r="J26" s="4"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="4"/>
+    </row>
+    <row r="27" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C27" s="4"/>
+      <c r="D27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="4"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="9">
+        <v>15000</v>
+      </c>
+      <c r="H27" s="9">
+        <v>100000</v>
+      </c>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" s="4"/>
+    </row>
+    <row r="28" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="4">
+        <v>655501931</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="4"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9">
+        <v>220000</v>
+      </c>
+      <c r="H28" s="9">
         <v>600000</v>
       </c>
-      <c r="I10" s="9"/>
-[...141 lines deleted...]
-      <c r="G16" s="11">
+      <c r="I28" s="4"/>
+      <c r="J28" s="4"/>
+      <c r="K28" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L28" s="4"/>
+    </row>
+    <row r="29" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" s="4"/>
+      <c r="D29" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E29" s="4"/>
+      <c r="F29" s="9"/>
+      <c r="G29" s="9">
+        <v>60000</v>
+      </c>
+      <c r="H29" s="9">
+        <v>90000</v>
+      </c>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="L29" s="4"/>
+    </row>
+    <row r="30" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="4">
+        <v>690300381</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E30" s="4"/>
+      <c r="F30" s="9">
+        <v>80000</v>
+      </c>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="4"/>
+      <c r="J30" s="4"/>
+      <c r="K30" s="6"/>
+      <c r="L30" s="4"/>
+    </row>
+    <row r="31" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31" s="4">
+        <v>668900071</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E31" s="4"/>
+      <c r="F31" s="9">
+        <v>120000</v>
+      </c>
+      <c r="G31" s="9"/>
+      <c r="H31" s="9"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="6"/>
+      <c r="L31" s="4"/>
+    </row>
+    <row r="32" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="4">
+        <v>641106001</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" s="4"/>
+      <c r="F32" s="9">
+        <v>350000</v>
+      </c>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="4"/>
+      <c r="J32" s="4"/>
+      <c r="K32" s="6"/>
+      <c r="L32" s="4"/>
+    </row>
+    <row r="33" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C33" s="4">
+        <v>659600291</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" s="4"/>
+      <c r="F33" s="9">
+        <v>50000</v>
+      </c>
+      <c r="G33" s="9"/>
+      <c r="H33" s="9"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4"/>
+      <c r="K33" s="6"/>
+      <c r="L33" s="4"/>
+    </row>
+    <row r="34" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="4"/>
+      <c r="D34" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E34" s="4"/>
+      <c r="F34" s="9">
+        <v>15000</v>
+      </c>
+      <c r="G34" s="9"/>
+      <c r="H34" s="9"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="6"/>
+      <c r="L34" s="4"/>
+    </row>
+    <row r="35" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C35" s="4"/>
+      <c r="D35" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" s="4"/>
+      <c r="F35" s="9">
+        <v>45000</v>
+      </c>
+      <c r="G35" s="9"/>
+      <c r="H35" s="9"/>
+      <c r="I35" s="4"/>
+      <c r="J35" s="4"/>
+      <c r="K35" s="6"/>
+      <c r="L35" s="4"/>
+    </row>
+    <row r="36" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C36" s="4"/>
+      <c r="D36" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" s="4"/>
+      <c r="F36" s="9">
+        <v>30000</v>
+      </c>
+      <c r="G36" s="9"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="6"/>
+      <c r="L36" s="4"/>
+    </row>
+    <row r="37" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C37" s="4"/>
+      <c r="D37" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" s="4"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9">
         <v>100000</v>
       </c>
-      <c r="H16" s="11">
-[...21 lines deleted...]
-      <c r="F17" s="11">
+      <c r="H37" s="9">
+        <v>150000</v>
+      </c>
+      <c r="I37" s="4"/>
+      <c r="J37" s="4"/>
+      <c r="K37" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="L37" s="4"/>
+    </row>
+    <row r="38" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C38" s="4"/>
+      <c r="D38" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E38" s="4"/>
+      <c r="F38" s="9">
         <v>30000</v>
       </c>
-      <c r="G17" s="11"/>
-[...66 lines deleted...]
-      <c r="F20" s="11">
+      <c r="G38" s="9"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="4"/>
+      <c r="J38" s="4"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="4"/>
+    </row>
+    <row r="39" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C39" s="4"/>
+      <c r="D39" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E39" s="4"/>
+      <c r="F39" s="9">
+        <v>5000</v>
+      </c>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9"/>
+      <c r="I39" s="4"/>
+      <c r="J39" s="4"/>
+      <c r="K39" s="6"/>
+      <c r="L39" s="4"/>
+    </row>
+    <row r="40" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C40" s="4"/>
+      <c r="D40" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E40" s="4"/>
+      <c r="F40" s="9">
         <v>20000</v>
       </c>
-      <c r="G20" s="11"/>
-[...42 lines deleted...]
-      <c r="F22" s="11">
+      <c r="G40" s="9"/>
+      <c r="H40" s="9"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="6"/>
+      <c r="L40" s="4"/>
+    </row>
+    <row r="41" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C41" s="4"/>
+      <c r="D41" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" s="4"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9">
+        <v>10000</v>
+      </c>
+      <c r="H41" s="9">
+        <v>50000</v>
+      </c>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="4"/>
+    </row>
+    <row r="42" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C42" s="4"/>
+      <c r="D42" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E42" s="4"/>
+      <c r="F42" s="9">
         <v>20000</v>
       </c>
-      <c r="G22" s="11"/>
-[...179 lines deleted...]
-      <c r="K29" s="10" t="s">
+      <c r="G42" s="9"/>
+      <c r="H42" s="9"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="4"/>
+    </row>
+    <row r="43" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C43" s="4"/>
+      <c r="D43" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" s="4"/>
+      <c r="F43" s="9">
+        <v>1000</v>
+      </c>
+      <c r="G43" s="9"/>
+      <c r="H43" s="9"/>
+      <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="4"/>
+    </row>
+    <row r="44" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C44" s="4"/>
+      <c r="D44" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="L29" s="9"/>
-[...11 lines deleted...]
-      <c r="D30" s="10" t="s">
+      <c r="E44" s="4"/>
+      <c r="F44" s="9">
+        <v>3000</v>
+      </c>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="4"/>
+      <c r="J44" s="4"/>
+      <c r="K44" s="6"/>
+      <c r="L44" s="4"/>
+    </row>
+    <row r="45" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4"/>
+      <c r="B45" s="4"/>
+      <c r="C45" s="4"/>
+      <c r="D45" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="E30" s="9"/>
-[...253 lines deleted...]
-      <c r="G41" s="11">
+      <c r="E45" s="4"/>
+      <c r="F45" s="9">
         <v>10000</v>
       </c>
-      <c r="H41" s="11">
-[...89 lines deleted...]
-      <c r="L45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="4"/>
+      <c r="J45" s="4"/>
+      <c r="K45" s="6"/>
+      <c r="L45" s="4"/>
+    </row>
+    <row r="46" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="4"/>
+      <c r="B46" s="4"/>
+      <c r="C46" s="4"/>
+      <c r="D46" s="6"/>
+      <c r="E46" s="4"/>
+      <c r="F46" s="9"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="4"/>
+      <c r="J46" s="4"/>
+      <c r="K46" s="6"/>
+      <c r="L46" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="7">
+    <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:J4"/>
     <mergeCell ref="K4:K5"/>
-    <mergeCell ref="L4:L5"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
-[...1 lines deleted...]
-  <pageSetup paperSize="9" firstPageNumber="0" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
-  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>비급여</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>엠디마케팅</dc:creator>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>ko-KR</dc:language>
 </cp:coreProperties>
 </file>
-
-[...21 lines deleted...]
-</file>