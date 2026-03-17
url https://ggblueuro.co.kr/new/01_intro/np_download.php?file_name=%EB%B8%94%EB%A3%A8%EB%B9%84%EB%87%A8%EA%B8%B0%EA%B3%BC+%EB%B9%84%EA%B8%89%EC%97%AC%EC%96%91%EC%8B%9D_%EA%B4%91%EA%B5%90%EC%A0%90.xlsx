--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -2,55 +2,55 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\2024년 블루비뇨기과 비급여양식\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12270"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="비급여" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="82">
   <si>
     <t>블루비뇨기과 비급여 고지 양식</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>중분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>소분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>항목</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -844,51 +844,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L40"/>
+  <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.140625" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" style="7" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="10" customWidth="1"/>
     <col min="7" max="8" width="10.7109375" style="10" customWidth="1"/>
     <col min="9" max="9" width="6.85546875" customWidth="1"/>
     <col min="10" max="10" width="7.28515625" customWidth="1"/>
     <col min="11" max="11" width="28.85546875" style="7" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13"/>
@@ -1001,51 +1001,51 @@
       <c r="E6" s="4"/>
       <c r="F6" s="9">
         <v>340000</v>
       </c>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="6"/>
       <c r="L6" s="4"/>
     </row>
     <row r="7" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9">
-        <v>340000</v>
+        <v>390000</v>
       </c>
       <c r="H7" s="9">
         <v>490000</v>
       </c>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L7" s="4"/>
     </row>
     <row r="8" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9">
@@ -1494,51 +1494,51 @@
       <c r="H26" s="9">
         <v>100000</v>
       </c>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
       <c r="K26" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L26" s="4"/>
     </row>
     <row r="27" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="4">
         <v>655501931</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="9">
-        <v>200000</v>
+        <v>230000</v>
       </c>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="6"/>
       <c r="L27" s="4"/>
     </row>
     <row r="28" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9">
         <v>60000</v>
       </c>
       <c r="H28" s="9">
@@ -1798,50 +1798,64 @@
       </c>
       <c r="G39" s="9"/>
       <c r="H39" s="9"/>
       <c r="I39" s="4"/>
       <c r="J39" s="4"/>
       <c r="K39" s="6"/>
       <c r="L39" s="4"/>
     </row>
     <row r="40" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="9">
         <v>10000</v>
       </c>
       <c r="G40" s="9"/>
       <c r="H40" s="9"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="6"/>
       <c r="L40" s="4"/>
+    </row>
+    <row r="41" spans="1:12" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4"/>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="9"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:J4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>